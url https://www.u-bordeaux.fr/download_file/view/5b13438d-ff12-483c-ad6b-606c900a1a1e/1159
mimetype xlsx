--- v0 (2025-10-16)
+++ v1 (2026-03-09)
@@ -1,78 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\FIPVU\GestionDesCursus\GESTION_CURSUS\INSCRIPTION_ADMINISTRATIVE\Etudiants extracommunautaires\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\GestionDesCursus\GESTION_CURSUS\INSCRIPTION_ADMINISTRATIVE\Campagne 2025-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E65E7A1D-BDE3-43A1-8D76-EF4E5F3DD28F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="16875" windowHeight="9750" activeTab="1"/>
+    <workbookView xWindow="-25950" yWindow="2655" windowWidth="21600" windowHeight="11295" activeTab="1" xr2:uid="{7E146226-B311-4B80-B19F-729036F45D19}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
-    <sheet name="Feuil2" sheetId="2" r:id="rId2"/>
+    <sheet name="B6PAY" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
-<connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-    <webPr xml="1" sourceData="1" url="C:\Users\fvallett\Desktop\getjobid364821.xml" htmlTables="1" htmlFormat="all"/>
+<connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
+  <connection id="1" xr16:uid="{3443BEA5-D449-42E3-8823-286C997550AE}" name="getjobid582259" type="4" refreshedVersion="0" background="1">
+    <webPr xml="1" sourceData="1" url="C:\Users\fvallett\Desktop\getjobid582259.xml" htmlTables="1" htmlFormat="all"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4282" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4266" uniqueCount="355">
   <si>
     <t>COD_GRP</t>
   </si>
   <si>
     <t>LIB_GRP</t>
   </si>
   <si>
     <t>LIC_GRP</t>
   </si>
   <si>
     <t>TEM_EN_SVE_GRP</t>
   </si>
   <si>
     <t>COD_GRP1</t>
   </si>
   <si>
     <t>COD_PAY</t>
   </si>
   <si>
     <t>COD_PAY1</t>
   </si>
   <si>
     <t>LIB_PAY</t>
   </si>
   <si>
@@ -906,81 +908,81 @@
   <si>
     <t>REPUBLIQUE DES ILES PALAOS</t>
   </si>
   <si>
     <t>AUTRES PAYS</t>
   </si>
   <si>
     <t>SANS PAYS</t>
   </si>
   <si>
     <t>ETRANGER SANS AUTRE INDICATION</t>
   </si>
   <si>
     <t>TERRITOIRE DU ROYAUME UNI  :  HONG KONG</t>
   </si>
   <si>
     <t>TERRITOIRE PORTUGAIS D'OUTRE-MER : MACAO</t>
   </si>
   <si>
     <t>TERRITOIRE BRITANIQUE : I. CHAGOS</t>
   </si>
   <si>
     <t>LIECHTENST</t>
   </si>
   <si>
-    <t>REP.TECH.</t>
+    <t>REP.TCHE</t>
   </si>
   <si>
     <t>CANARIES</t>
   </si>
   <si>
     <t>ACORES MAD</t>
   </si>
   <si>
     <t>GROENLAND</t>
   </si>
   <si>
     <t>ANTIL. NEE</t>
   </si>
   <si>
     <t>BOSNIE</t>
   </si>
   <si>
     <t>ST MARIN</t>
   </si>
   <si>
     <t>ROYAUM-UNI</t>
   </si>
   <si>
     <t>GIBRALTAR</t>
   </si>
   <si>
     <t>BIELORUSSI</t>
   </si>
   <si>
-    <t>EX.REP.YOU</t>
+    <t>MACEDOINE</t>
   </si>
   <si>
     <t>STE HELENE</t>
   </si>
   <si>
     <t>ROY UNI AN</t>
   </si>
   <si>
     <t>MALOUINES</t>
   </si>
   <si>
     <t>ILES PITCA</t>
   </si>
   <si>
     <t>ARABIE</t>
   </si>
   <si>
     <t>AFGHANISTA</t>
   </si>
   <si>
     <t>PHILIPPINE</t>
   </si>
   <si>
     <t>COREE</t>
   </si>
@@ -1092,128 +1094,98 @@
   <si>
     <t>PAPOUASIE</t>
   </si>
   <si>
     <t>ILE MARSHA</t>
   </si>
   <si>
     <t>PALAOS</t>
   </si>
   <si>
     <t>SANS</t>
   </si>
   <si>
     <t>ETRANGER</t>
   </si>
   <si>
     <t>HONG KONG</t>
   </si>
   <si>
     <t>MACAO</t>
   </si>
   <si>
     <t>I. CHAGOS</t>
   </si>
   <si>
-    <t>Liste des pays bénéficiant d'une exonération partielle (2024/2025)</t>
+    <t>Liste des pays bénéficiant d'une exonération partielle (2025/2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="2" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...10 lines deleted...]
-    </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="1">
+    <dxf>
+      <numFmt numFmtId="30" formatCode="@"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/xmlMaps.xml><?xml version="1.0" encoding="utf-8"?>
 <MapInfo xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" SelectionNamespaces="">
   <Schema ID="Schema1">
     <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="">
       <xsd:element nillable="true" name="EGRPAR10">
         <xsd:complexType>
           <xsd:sequence minOccurs="0">
             <xsd:element minOccurs="0" nillable="true" name="LIST_G_GROUPE_PAYS" form="unqualified">
               <xsd:complexType>
                 <xsd:sequence minOccurs="0">
                   <xsd:element minOccurs="0" maxOccurs="unbounded" nillable="true" name="G_GROUPE_PAYS" form="unqualified">
                     <xsd:complexType>
                       <xsd:sequence minOccurs="0">
@@ -1250,205 +1222,246 @@
                             </xsd:sequence>
                           </xsd:complexType>
                         </xsd:element>
                       </xsd:sequence>
                     </xsd:complexType>
                   </xsd:element>
                 </xsd:sequence>
               </xsd:complexType>
             </xsd:element>
           </xsd:sequence>
         </xsd:complexType>
       </xsd:element>
     </xsd:schema>
   </Schema>
   <Map ID="1" Name="EGRPAR10_Mappage" RootElement="EGRPAR10" SchemaID="Schema1" ShowImportExportValidationErrors="false" AutoFit="true" Append="false" PreserveSortAFLayout="true" PreserveFormat="true">
     <DataBinding FileBinding="true" ConnectionID="1" DataBindingLoadMode="1"/>
   </Map>
 </MapInfo>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/xmlMaps" Target="xmlMaps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tableau1" displayName="Tableau1" ref="A1:I600" tableType="xml" totalsRowShown="0" connectionId="1">
-  <autoFilter ref="A1:I600">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BAE90188-7A97-4B7D-8B10-079DEC952AFF}" name="Tableau1" displayName="Tableau1" ref="A1:I598" tableType="xml" totalsRowShown="0" connectionId="1">
+  <autoFilter ref="A1:I598" xr:uid="{BAE90188-7A97-4B7D-8B10-079DEC952AFF}">
     <filterColumn colId="0">
       <filters>
         <filter val="12"/>
       </filters>
     </filterColumn>
   </autoFilter>
-  <sortState ref="A238:I316">
-[...1 lines deleted...]
-  </sortState>
   <tableColumns count="9">
-    <tableColumn id="1" uniqueName="COD_GRP" name="COD_GRP">
+    <tableColumn id="1" xr3:uid="{6131B612-44E7-4D3D-83B1-48EF91D8870A}" uniqueName="COD_GRP" name="COD_GRP">
       <xmlColumnPr mapId="1" xpath="/EGRPAR10/LIST_G_GROUPE_PAYS/G_GROUPE_PAYS/COD_GRP" xmlDataType="string"/>
     </tableColumn>
-    <tableColumn id="2" uniqueName="LIB_GRP" name="LIB_GRP">
+    <tableColumn id="2" xr3:uid="{67B59AB3-7860-4EB5-AA92-0A553BC0A2CA}" uniqueName="LIB_GRP" name="LIB_GRP">
       <xmlColumnPr mapId="1" xpath="/EGRPAR10/LIST_G_GROUPE_PAYS/G_GROUPE_PAYS/LIB_GRP" xmlDataType="string"/>
     </tableColumn>
-    <tableColumn id="3" uniqueName="LIC_GRP" name="LIC_GRP">
+    <tableColumn id="3" xr3:uid="{6536387E-6BED-419F-B690-D1BF27BF5A18}" uniqueName="LIC_GRP" name="LIC_GRP">
       <xmlColumnPr mapId="1" xpath="/EGRPAR10/LIST_G_GROUPE_PAYS/G_GROUPE_PAYS/LIC_GRP" xmlDataType="string"/>
     </tableColumn>
-    <tableColumn id="4" uniqueName="TEM_EN_SVE_GRP" name="TEM_EN_SVE_GRP">
+    <tableColumn id="4" xr3:uid="{71E50621-2C95-43FD-836F-1559129102C9}" uniqueName="TEM_EN_SVE_GRP" name="TEM_EN_SVE_GRP">
       <xmlColumnPr mapId="1" xpath="/EGRPAR10/LIST_G_GROUPE_PAYS/G_GROUPE_PAYS/TEM_EN_SVE_GRP" xmlDataType="string"/>
     </tableColumn>
-    <tableColumn id="5" uniqueName="COD_GRP1" name="COD_GRP1">
+    <tableColumn id="5" xr3:uid="{4A5176FD-C46F-45BC-BBB3-EC8EA5C446A6}" uniqueName="COD_GRP1" name="COD_GRP1">
       <xmlColumnPr mapId="1" xpath="/EGRPAR10/LIST_G_GROUPE_PAYS/G_GROUPE_PAYS/LIST_G_PAY_GRP/G_PAY_GRP/COD_GRP1" xmlDataType="string"/>
     </tableColumn>
-    <tableColumn id="6" uniqueName="COD_PAY" name="COD_PAY">
+    <tableColumn id="6" xr3:uid="{1F45DFDA-6DD4-4EF4-AE8C-F025C9F5EF9B}" uniqueName="COD_PAY" name="COD_PAY">
       <xmlColumnPr mapId="1" xpath="/EGRPAR10/LIST_G_GROUPE_PAYS/G_GROUPE_PAYS/LIST_G_PAY_GRP/G_PAY_GRP/COD_PAY" xmlDataType="integer"/>
     </tableColumn>
-    <tableColumn id="7" uniqueName="COD_PAY1" name="COD_PAY1">
+    <tableColumn id="7" xr3:uid="{F01336F2-3C37-48B6-871F-067EA2701D4A}" uniqueName="COD_PAY1" name="COD_PAY1">
       <xmlColumnPr mapId="1" xpath="/EGRPAR10/LIST_G_GROUPE_PAYS/G_GROUPE_PAYS/LIST_G_PAY_GRP/G_PAY_GRP/LIST_G_PAYS/G_PAYS/COD_PAY1" xmlDataType="integer"/>
     </tableColumn>
-    <tableColumn id="8" uniqueName="LIB_PAY" name="LIB_PAY">
+    <tableColumn id="8" xr3:uid="{73DF6AF1-8020-4E45-8C5E-02ECF5EFC498}" uniqueName="LIB_PAY" name="LIB_PAY">
       <xmlColumnPr mapId="1" xpath="/EGRPAR10/LIST_G_GROUPE_PAYS/G_GROUPE_PAYS/LIST_G_PAY_GRP/G_PAY_GRP/LIST_G_PAYS/G_PAYS/LIB_PAY" xmlDataType="string"/>
     </tableColumn>
-    <tableColumn id="9" uniqueName="LIC_PAY" name="LIC_PAY">
+    <tableColumn id="9" xr3:uid="{3EBDAB03-E0A1-454F-9FED-E3BFD707F5DC}" uniqueName="LIC_PAY" name="LIC_PAY">
       <xmlColumnPr mapId="1" xpath="/EGRPAR10/LIST_G_GROUPE_PAYS/G_GROUPE_PAYS/LIST_G_PAY_GRP/G_PAY_GRP/LIST_G_PAYS/G_PAYS/LIC_PAY" xmlDataType="string"/>
     </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{EB5749B2-FA8C-4578-95CD-C52FAB180800}" name="Tableau2" displayName="Tableau2" ref="B1:B78" totalsRowShown="0">
+  <autoFilter ref="B1:B78" xr:uid="{EB5749B2-FA8C-4578-95CD-C52FAB180800}"/>
+  <tableColumns count="1">
+    <tableColumn id="1" xr3:uid="{AD3D7064-DFBD-44DA-BD9D-4652E9B33071}" name="Liste des pays bénéficiant d'une exonération partielle (2025/2026)" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1466,65 +1479,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1545,83 +1558,107 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I600"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:I598"/>
   <sheetViews>
-    <sheetView topLeftCell="A288" workbookViewId="0">
-      <selection activeCell="H1" sqref="H1:H316"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="H1" sqref="H1:H1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.85546875" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="12.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="43" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.5703125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.85546875" customWidth="1"/>
+    <col min="7" max="7" width="12.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="42.5703125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -8470,2728 +8507,2728 @@
       </c>
       <c r="H237" s="1" t="s">
         <v>170</v>
       </c>
       <c r="I237" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F238">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="G238">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="H238" s="1" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>308</v>
+        <v>137</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E239" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F239">
-        <v>352</v>
+        <v>212</v>
       </c>
       <c r="G239">
-        <v>352</v>
+        <v>212</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>223</v>
+        <v>140</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>223</v>
+        <v>308</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E240" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F240">
-        <v>395</v>
+        <v>213</v>
       </c>
       <c r="G240">
-        <v>395</v>
+        <v>213</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>230</v>
+        <v>141</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>230</v>
+        <v>141</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E241" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F241">
-        <v>246</v>
+        <v>214</v>
       </c>
       <c r="G241">
-        <v>246</v>
+        <v>214</v>
       </c>
       <c r="H241" s="1" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>165</v>
+        <v>142</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E242" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F242">
-        <v>327</v>
+        <v>215</v>
       </c>
       <c r="G242">
-        <v>327</v>
+        <v>215</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>199</v>
+        <v>143</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>199</v>
+        <v>143</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E243" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F243">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="G243">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>142</v>
+        <v>309</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E244" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F244">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="G244">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E245" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F245">
-        <v>418</v>
+        <v>223</v>
       </c>
       <c r="G245">
-        <v>418</v>
+        <v>223</v>
       </c>
       <c r="H245" s="1" t="s">
-        <v>249</v>
+        <v>149</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E246" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F246">
-        <v>331</v>
+        <v>224</v>
       </c>
       <c r="G246">
-        <v>331</v>
+        <v>224</v>
       </c>
       <c r="H246" s="1" t="s">
-        <v>203</v>
+        <v>150</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>323</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E247" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F247">
-        <v>321</v>
+        <v>234</v>
       </c>
       <c r="G247">
-        <v>321</v>
+        <v>234</v>
       </c>
       <c r="H247" s="1" t="s">
-        <v>194</v>
+        <v>156</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>194</v>
+        <v>156</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E248" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F248">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G248">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H248" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E249" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F249">
-        <v>322</v>
+        <v>238</v>
       </c>
       <c r="G249">
-        <v>322</v>
+        <v>238</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>195</v>
+        <v>159</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F250">
-        <v>396</v>
+        <v>241</v>
       </c>
       <c r="G250">
-        <v>396</v>
+        <v>241</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>231</v>
+        <v>162</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>330</v>
+        <v>162</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E251" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F251">
-        <v>323</v>
+        <v>243</v>
       </c>
       <c r="G251">
-        <v>323</v>
+        <v>243</v>
       </c>
       <c r="H251" s="1" t="s">
-        <v>196</v>
+        <v>164</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>321</v>
+        <v>164</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E252" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F252">
-        <v>397</v>
+        <v>246</v>
       </c>
       <c r="G252">
-        <v>397</v>
+        <v>246</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>232</v>
+        <v>165</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>232</v>
+        <v>165</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F253">
-        <v>324</v>
+        <v>251</v>
       </c>
       <c r="G253">
-        <v>324</v>
+        <v>251</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>197</v>
+        <v>170</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>197</v>
+        <v>170</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F254">
-        <v>238</v>
+        <v>257</v>
       </c>
       <c r="G254">
-        <v>238</v>
+        <v>257</v>
       </c>
       <c r="H254" s="1" t="s">
-        <v>159</v>
+        <v>175</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F255">
-        <v>326</v>
+        <v>258</v>
       </c>
       <c r="G255">
-        <v>326</v>
+        <v>258</v>
       </c>
       <c r="H255" s="1" t="s">
-        <v>198</v>
+        <v>176</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E256" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F256">
-        <v>399</v>
+        <v>259</v>
       </c>
       <c r="G256">
-        <v>399</v>
+        <v>259</v>
       </c>
       <c r="H256" s="1" t="s">
-        <v>234</v>
+        <v>177</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>234</v>
+        <v>315</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E257" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F257">
-        <v>301</v>
+        <v>261</v>
       </c>
       <c r="G257">
-        <v>301</v>
+        <v>261</v>
       </c>
       <c r="H257" s="1" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>181</v>
+        <v>317</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E258" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F258">
-        <v>414</v>
+        <v>262</v>
       </c>
       <c r="G258">
-        <v>414</v>
+        <v>262</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>245</v>
+        <v>180</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E259" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F259">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="G259">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="H259" s="1" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E260" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F260">
-        <v>391</v>
+        <v>302</v>
       </c>
       <c r="G260">
-        <v>391</v>
+        <v>302</v>
       </c>
       <c r="H260" s="1" t="s">
-        <v>226</v>
+        <v>182</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>327</v>
+        <v>182</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E261" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F261">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="G261">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="H261" s="1" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E262" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F262">
-        <v>328</v>
+        <v>309</v>
       </c>
       <c r="G262">
-        <v>328</v>
+        <v>309</v>
       </c>
       <c r="H262" s="1" t="s">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E263" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F263">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="G263">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="H263" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E264" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F264">
-        <v>329</v>
+        <v>312</v>
       </c>
       <c r="G264">
-        <v>329</v>
+        <v>312</v>
       </c>
       <c r="H264" s="1" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>201</v>
+        <v>319</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E265" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F265">
-        <v>330</v>
+        <v>315</v>
       </c>
       <c r="G265">
-        <v>330</v>
+        <v>315</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F266">
-        <v>392</v>
+        <v>317</v>
       </c>
       <c r="G266">
-        <v>392</v>
+        <v>317</v>
       </c>
       <c r="H266" s="1" t="s">
-        <v>227</v>
+        <v>192</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>328</v>
+        <v>192</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F267">
-        <v>410</v>
+        <v>318</v>
       </c>
       <c r="G267">
-        <v>410</v>
+        <v>318</v>
       </c>
       <c r="H267" s="1" t="s">
-        <v>241</v>
+        <v>193</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>241</v>
+        <v>193</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F268">
-        <v>411</v>
+        <v>321</v>
       </c>
       <c r="G268">
-        <v>411</v>
+        <v>321</v>
       </c>
       <c r="H268" s="1" t="s">
-        <v>242</v>
+        <v>194</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>242</v>
+        <v>194</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E269" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F269">
-        <v>223</v>
+        <v>322</v>
       </c>
       <c r="G269">
-        <v>223</v>
+        <v>322</v>
       </c>
       <c r="H269" s="1" t="s">
-        <v>149</v>
+        <v>195</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>149</v>
+        <v>195</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E270" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F270">
-        <v>204</v>
+        <v>323</v>
       </c>
       <c r="G270">
-        <v>204</v>
+        <v>323</v>
       </c>
       <c r="H270" s="1" t="s">
-        <v>135</v>
+        <v>196</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>135</v>
+        <v>321</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E271" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F271">
-        <v>222</v>
+        <v>324</v>
       </c>
       <c r="G271">
-        <v>222</v>
+        <v>324</v>
       </c>
       <c r="H271" s="1" t="s">
-        <v>148</v>
+        <v>197</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>148</v>
+        <v>197</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E272" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F272">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="G272">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="H272" s="1" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>204</v>
+        <v>322</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E273" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F273">
-        <v>257</v>
+        <v>327</v>
       </c>
       <c r="G273">
-        <v>257</v>
+        <v>327</v>
       </c>
       <c r="H273" s="1" t="s">
-        <v>175</v>
+        <v>199</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>313</v>
+        <v>199</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E274" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F274">
-        <v>513</v>
+        <v>328</v>
       </c>
       <c r="G274">
-        <v>513</v>
+        <v>328</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>280</v>
+        <v>200</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F275">
-        <v>241</v>
+        <v>329</v>
       </c>
       <c r="G275">
-        <v>241</v>
+        <v>329</v>
       </c>
       <c r="H275" s="1" t="s">
-        <v>162</v>
+        <v>201</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>162</v>
+        <v>201</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E276" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F276">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="G276">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="H276" s="1" t="s">
-        <v>220</v>
+        <v>202</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>220</v>
+        <v>202</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F277">
-        <v>302</v>
+        <v>331</v>
       </c>
       <c r="G277">
-        <v>302</v>
+        <v>331</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>182</v>
+        <v>203</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>182</v>
+        <v>323</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E278" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F278">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="G278">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F279">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="G279">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F280">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="G280">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E281" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F281">
-        <v>350</v>
+        <v>335</v>
       </c>
       <c r="G281">
-        <v>350</v>
+        <v>335</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E282" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F282">
         <v>336</v>
       </c>
       <c r="G282">
         <v>336</v>
       </c>
       <c r="H282" s="1" t="s">
         <v>208</v>
       </c>
       <c r="I282" s="1" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F283">
-        <v>516</v>
+        <v>337</v>
       </c>
       <c r="G283">
-        <v>516</v>
+        <v>337</v>
       </c>
       <c r="H283" s="1" t="s">
-        <v>283</v>
+        <v>209</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>283</v>
+        <v>209</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E284" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F284">
-        <v>242</v>
+        <v>338</v>
       </c>
       <c r="G284">
-        <v>242</v>
+        <v>338</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>163</v>
+        <v>210</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>163</v>
+        <v>210</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E285" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F285">
-        <v>393</v>
+        <v>339</v>
       </c>
       <c r="G285">
-        <v>393</v>
+        <v>339</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F286">
-        <v>215</v>
+        <v>340</v>
       </c>
       <c r="G286">
-        <v>215</v>
+        <v>340</v>
       </c>
       <c r="H286" s="1" t="s">
-        <v>143</v>
+        <v>212</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>143</v>
+        <v>212</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E287" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F287">
-        <v>412</v>
+        <v>341</v>
       </c>
       <c r="G287">
-        <v>412</v>
+        <v>341</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>243</v>
+        <v>213</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>243</v>
+        <v>213</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E288" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F288">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="G288">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>209</v>
+        <v>324</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E289" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F289">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="G289">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F290">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="G290">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="H290" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E291" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F291">
-        <v>258</v>
+        <v>345</v>
       </c>
       <c r="G291">
-        <v>258</v>
+        <v>345</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>176</v>
+        <v>217</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>314</v>
+        <v>217</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F292">
-        <v>213</v>
+        <v>346</v>
       </c>
       <c r="G292">
-        <v>213</v>
+        <v>346</v>
       </c>
       <c r="H292" s="1" t="s">
-        <v>141</v>
+        <v>218</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>141</v>
+        <v>218</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F293">
-        <v>510</v>
+        <v>348</v>
       </c>
       <c r="G293">
-        <v>510</v>
+        <v>348</v>
       </c>
       <c r="H293" s="1" t="s">
-        <v>277</v>
+        <v>220</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>346</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F294">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="G294">
-        <v>220</v>
+        <v>350</v>
       </c>
       <c r="H294" s="1" t="s">
-        <v>147</v>
+        <v>221</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>309</v>
+        <v>221</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E295" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F295">
-        <v>312</v>
+        <v>351</v>
       </c>
       <c r="G295">
-        <v>312</v>
+        <v>351</v>
       </c>
       <c r="H295" s="1" t="s">
-        <v>188</v>
+        <v>222</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>319</v>
+        <v>222</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F296">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="G296">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="H296" s="1" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F297">
-        <v>512</v>
+        <v>391</v>
       </c>
       <c r="G297">
-        <v>512</v>
+        <v>391</v>
       </c>
       <c r="H297" s="1" t="s">
-        <v>279</v>
+        <v>226</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>279</v>
+        <v>327</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E298" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F298">
-        <v>506</v>
+        <v>392</v>
       </c>
       <c r="G298">
-        <v>506</v>
+        <v>392</v>
       </c>
       <c r="H298" s="1" t="s">
-        <v>273</v>
+        <v>227</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>344</v>
+        <v>328</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E299" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F299">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="G299">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>329</v>
+        <v>228</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E300" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F300">
-        <v>341</v>
+        <v>394</v>
       </c>
       <c r="G300">
-        <v>341</v>
+        <v>394</v>
       </c>
       <c r="H300" s="1" t="s">
-        <v>213</v>
+        <v>229</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>213</v>
+        <v>329</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E301" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F301">
-        <v>342</v>
+        <v>395</v>
       </c>
       <c r="G301">
-        <v>342</v>
+        <v>395</v>
       </c>
       <c r="H301" s="1" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>324</v>
+        <v>230</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E302" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F302">
-        <v>318</v>
+        <v>396</v>
       </c>
       <c r="G302">
-        <v>318</v>
+        <v>396</v>
       </c>
       <c r="H302" s="1" t="s">
-        <v>193</v>
+        <v>231</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>193</v>
+        <v>330</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E303" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F303">
-        <v>343</v>
+        <v>397</v>
       </c>
       <c r="G303">
-        <v>343</v>
+        <v>397</v>
       </c>
       <c r="H303" s="1" t="s">
-        <v>215</v>
+        <v>232</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>215</v>
+        <v>232</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E304" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F304">
-        <v>235</v>
+        <v>399</v>
       </c>
       <c r="G304">
-        <v>235</v>
+        <v>399</v>
       </c>
       <c r="H304" s="1" t="s">
-        <v>157</v>
+        <v>234</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>157</v>
+        <v>234</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E305" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F305">
-        <v>206</v>
+        <v>410</v>
       </c>
       <c r="G305">
-        <v>206</v>
+        <v>410</v>
       </c>
       <c r="H305" s="1" t="s">
-        <v>137</v>
+        <v>241</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>137</v>
+        <v>241</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E306" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F306">
-        <v>259</v>
+        <v>411</v>
       </c>
       <c r="G306">
-        <v>259</v>
+        <v>411</v>
       </c>
       <c r="H306" s="1" t="s">
-        <v>177</v>
+        <v>242</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>315</v>
+        <v>242</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E307" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F307">
-        <v>309</v>
+        <v>412</v>
       </c>
       <c r="G307">
-        <v>309</v>
+        <v>412</v>
       </c>
       <c r="H307" s="1" t="s">
-        <v>185</v>
+        <v>243</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>185</v>
+        <v>243</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E308" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F308">
-        <v>344</v>
+        <v>418</v>
       </c>
       <c r="G308">
-        <v>344</v>
+        <v>418</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>216</v>
+        <v>249</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>216</v>
+        <v>249</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E309" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F309">
-        <v>262</v>
+        <v>506</v>
       </c>
       <c r="G309">
-        <v>262</v>
+        <v>506</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>180</v>
+        <v>273</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>318</v>
+        <v>344</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E310" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F310">
-        <v>345</v>
+        <v>510</v>
       </c>
       <c r="G310">
-        <v>345</v>
+        <v>510</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>217</v>
+        <v>277</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>217</v>
+        <v>346</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E311" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F311">
-        <v>351</v>
+        <v>512</v>
       </c>
       <c r="G311">
-        <v>351</v>
+        <v>512</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>222</v>
+        <v>279</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>222</v>
+        <v>279</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E312" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F312">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="G312">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E313" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F313">
-        <v>243</v>
+        <v>514</v>
       </c>
       <c r="G313">
-        <v>243</v>
+        <v>514</v>
       </c>
       <c r="H313" s="1" t="s">
-        <v>164</v>
+        <v>281</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>164</v>
+        <v>281</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E314" s="1" t="s">
         <v>20</v>
       </c>
       <c r="F314">
-        <v>251</v>
+        <v>516</v>
       </c>
       <c r="G314">
-        <v>251</v>
+        <v>516</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>170</v>
+        <v>283</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:9" x14ac:dyDescent="0.25">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A315" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F315">
-        <v>346</v>
+        <v>111</v>
       </c>
       <c r="G315">
-        <v>346</v>
+        <v>111</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>218</v>
+        <v>89</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:9" x14ac:dyDescent="0.25">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A316" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F316">
-        <v>310</v>
+        <v>118</v>
       </c>
       <c r="G316">
-        <v>310</v>
+        <v>118</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>186</v>
+        <v>115</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>186</v>
+        <v>297</v>
       </c>
     </row>
     <row r="317" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A317" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E317" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F317">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G317">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>297</v>
+        <v>116</v>
       </c>
     </row>
     <row r="318" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A318" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E318" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F318">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G318">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="319" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A319" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E319" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F319">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G319">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="320" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A320" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E320" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F320">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G320">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="321" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A321" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E321" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F321">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="G321">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>119</v>
+        <v>298</v>
       </c>
     </row>
     <row r="322" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A322" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E322" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F322">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G322">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H322" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>298</v>
+        <v>121</v>
       </c>
     </row>
     <row r="323" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A323" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E323" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F323">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G323">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>121</v>
+        <v>299</v>
       </c>
     </row>
     <row r="324" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A324" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E324" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F324">
-        <v>132</v>
+        <v>148</v>
       </c>
       <c r="G324">
-        <v>132</v>
+        <v>148</v>
       </c>
       <c r="H324" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="325" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A325" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E325" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F325">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G325">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="H325" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>301</v>
+        <v>125</v>
       </c>
     </row>
     <row r="326" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A326" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E326" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F326">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="G326">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>125</v>
+        <v>302</v>
       </c>
     </row>
     <row r="327" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A327" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E327" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F327">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G327">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H327" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>302</v>
+        <v>128</v>
       </c>
     </row>
     <row r="328" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A328" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E328" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F328">
-        <v>157</v>
+        <v>201</v>
       </c>
       <c r="G328">
-        <v>157</v>
+        <v>201</v>
       </c>
       <c r="H328" s="1" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>128</v>
+        <v>307</v>
       </c>
     </row>
     <row r="329" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A329" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E329" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F329">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="G329">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H329" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>307</v>
+        <v>134</v>
       </c>
     </row>
     <row r="330" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A330" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E330" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F330">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G330">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="331" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A331" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E331" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F331">
         <v>207</v>
       </c>
       <c r="G331">
         <v>207</v>
       </c>
       <c r="H331" s="1" t="s">
@@ -11602,321 +11639,321 @@
       </c>
       <c r="H345" s="1" t="s">
         <v>161</v>
       </c>
       <c r="I345" s="1" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="346" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A346" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E346" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F346">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="G346">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="H346" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>311</v>
+        <v>163</v>
       </c>
     </row>
     <row r="347" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A347" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E347" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F347">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="G347">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="H347" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>167</v>
+        <v>311</v>
       </c>
     </row>
     <row r="348" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A348" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E348" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F348">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="G348">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
     </row>
     <row r="349" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A349" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E349" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F349">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="G349">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="350" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A350" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E350" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F350">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="G350">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="351" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A351" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E351" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F351">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="G351">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="H351" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>312</v>
+        <v>171</v>
       </c>
     </row>
     <row r="352" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A352" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E352" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F352">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="G352">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>173</v>
+        <v>312</v>
       </c>
     </row>
     <row r="353" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A353" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F353">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="G353">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="354" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A354" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E354" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F354">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="G354">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="H354" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>316</v>
+        <v>174</v>
       </c>
     </row>
     <row r="355" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A355" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E355" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F355">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="G355">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="356" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A356" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E356" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F356">
         <v>303</v>
       </c>
       <c r="G356">
         <v>303</v>
       </c>
       <c r="H356" s="1" t="s">
@@ -12066,7401 +12103,7339 @@
       </c>
       <c r="H361" s="1" t="s">
         <v>219</v>
       </c>
       <c r="I361" s="1" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="362" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A362" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E362" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F362">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="G362">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
     </row>
     <row r="363" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A363" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E363" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F363">
-        <v>354</v>
+        <v>389</v>
       </c>
       <c r="G363">
-        <v>354</v>
+        <v>389</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>95</v>
+        <v>224</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>95</v>
+        <v>325</v>
       </c>
     </row>
     <row r="364" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A364" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E364" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F364">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="G364">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H364" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="365" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A365" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E365" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F365">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="G365">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="H365" s="1" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>326</v>
+        <v>233</v>
       </c>
     </row>
     <row r="366" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A366" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E366" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F366">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="G366">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>233</v>
+        <v>54</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>233</v>
+        <v>54</v>
       </c>
     </row>
     <row r="367" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A367" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E367" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F367">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="G367">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>54</v>
+        <v>235</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>54</v>
+        <v>331</v>
       </c>
     </row>
     <row r="368" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A368" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E368" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F368">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G368">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>331</v>
+        <v>236</v>
       </c>
     </row>
     <row r="369" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A369" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E369" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F369">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G369">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="H369" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>236</v>
+        <v>332</v>
       </c>
     </row>
     <row r="370" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A370" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E370" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F370">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G370">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>332</v>
+        <v>238</v>
       </c>
     </row>
     <row r="371" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A371" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E371" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F371">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G371">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H371" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>238</v>
+        <v>333</v>
       </c>
     </row>
     <row r="372" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A372" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E372" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F372">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G372">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>333</v>
+        <v>240</v>
       </c>
     </row>
     <row r="373" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A373" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E373" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F373">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="G373">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
     </row>
     <row r="374" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A374" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E374" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F374">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="G374">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>244</v>
+        <v>334</v>
       </c>
     </row>
     <row r="375" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A375" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E375" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F375">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="G375">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H375" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>334</v>
+        <v>246</v>
       </c>
     </row>
     <row r="376" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A376" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E376" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F376">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="G376">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="377" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A377" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E377" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F377">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G377">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="378" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A378" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E378" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F378">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="G378">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="379" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A379" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E379" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F379">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="G379">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="380" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A380" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E380" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F380">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="G380">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H380" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="381" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A381" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E381" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F381">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G381">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="H381" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="382" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A382" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E382" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F382">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="G382">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="383" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A383" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E383" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F383">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G383">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="384" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A384" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E384" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F384">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="G384">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="385" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A385" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E385" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F385">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G385">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="386" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A386" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E386" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F386">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="G386">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H386" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="387" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A387" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E387" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F387">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="G387">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>258</v>
+        <v>335</v>
       </c>
     </row>
     <row r="388" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A388" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E388" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F388">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="G388">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="389" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A389" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E389" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F389">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="G389">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>336</v>
+        <v>261</v>
       </c>
     </row>
     <row r="390" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A390" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E390" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F390">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="G390">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H390" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>261</v>
+        <v>337</v>
       </c>
     </row>
     <row r="391" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A391" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E391" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F391">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="G391">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H391" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>337</v>
+        <v>263</v>
       </c>
     </row>
     <row r="392" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A392" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E392" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F392">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G392">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="393" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A393" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E393" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F393">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="G393">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="394" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A394" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E394" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F394">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G394">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="H394" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>265</v>
+        <v>338</v>
       </c>
     </row>
     <row r="395" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A395" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E395" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F395">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="G395">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="H395" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="396" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A396" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E396" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F396">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="G396">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H396" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="397" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A397" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E397" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F397">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="G397">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="H397" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="398" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A398" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E398" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F398">
-        <v>442</v>
+        <v>501</v>
       </c>
       <c r="G398">
-        <v>442</v>
+        <v>501</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>341</v>
+        <v>270</v>
       </c>
     </row>
     <row r="399" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A399" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E399" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F399">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G399">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>270</v>
+        <v>342</v>
       </c>
     </row>
     <row r="400" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A400" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E400" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F400">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="G400">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="401" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A401" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E401" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F401">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="G401">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>343</v>
+        <v>274</v>
       </c>
     </row>
     <row r="402" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A402" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E402" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F402">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="G402">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="403" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A403" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E403" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F403">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="G403">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="404" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A404" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E404" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F404">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="G404">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>345</v>
+        <v>278</v>
       </c>
     </row>
     <row r="405" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A405" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E405" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F405">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="G405">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="H405" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>278</v>
+        <v>347</v>
       </c>
     </row>
     <row r="406" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A406" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E406" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F406">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="G406">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="H406" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="407" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A407" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E407" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F407">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="G407">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="H407" s="1" t="s">
-        <v>284</v>
+        <v>128</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>348</v>
+        <v>128</v>
       </c>
     </row>
     <row r="408" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A408" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E408" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F408">
-        <v>518</v>
+        <v>990</v>
       </c>
       <c r="G408">
-        <v>518</v>
+        <v>990</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>128</v>
+        <v>285</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
     </row>
     <row r="409" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A409" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E409" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F409">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="G409">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>61</v>
+        <v>349</v>
       </c>
     </row>
     <row r="410" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A410" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E410" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F410">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="G410">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="411" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A411" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F411">
-        <v>999</v>
+        <v>100</v>
       </c>
       <c r="G411">
-        <v>999</v>
+        <v>100</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>287</v>
+        <v>57</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>350</v>
+        <v>57</v>
       </c>
     </row>
     <row r="412" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A412" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D412" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E412" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F412">
+        <v>131</v>
+      </c>
+      <c r="G412">
+        <v>131</v>
+      </c>
+      <c r="H412" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="G412">
+      <c r="I412" s="1" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="413" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A413" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D413" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E413" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F413">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="G413">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="H413" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="414" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A414" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E414" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F414">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G414">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="415" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A415" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E415" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F415">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G415">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="416" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A416" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E416" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F416">
-        <v>140</v>
+        <v>312</v>
       </c>
       <c r="G416">
-        <v>140</v>
+        <v>312</v>
       </c>
       <c r="H416" s="1" t="s">
-        <v>107</v>
+        <v>188</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>107</v>
+        <v>319</v>
       </c>
     </row>
     <row r="417" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A417" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E417" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F417">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="G417">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="H417" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="418" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A418" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E418" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F418">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="G418">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="I418" s="1" t="s">
-        <v>320</v>
+        <v>194</v>
       </c>
     </row>
     <row r="419" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A419" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E419" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F419">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G419">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="420" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A420" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E420" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F420">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G420">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>195</v>
+        <v>321</v>
       </c>
     </row>
     <row r="421" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A421" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E421" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F421">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="G421">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>321</v>
+        <v>197</v>
       </c>
     </row>
     <row r="422" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A422" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D422" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E422" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F422">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="G422">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H422" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>197</v>
+        <v>322</v>
       </c>
     </row>
     <row r="423" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A423" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D423" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E423" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F423">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G423">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>322</v>
+        <v>199</v>
       </c>
     </row>
     <row r="424" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A424" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D424" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E424" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F424">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G424">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="425" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A425" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D425" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E425" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F425">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="G425">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="426" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A426" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D426" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E426" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F426">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G426">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>202</v>
+        <v>323</v>
       </c>
     </row>
     <row r="427" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A427" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D427" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E427" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F427">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="G427">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="H427" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>323</v>
+        <v>205</v>
       </c>
     </row>
     <row r="428" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A428" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E428" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F428">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="G428">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="429" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A429" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E429" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F429">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="G429">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="430" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A430" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E430" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F430">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="G430">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="431" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A431" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E431" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F431">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="G431">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="H431" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="432" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A432" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E432" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F432">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="G432">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="H432" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="433" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A433" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E433" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F433">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="G433">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="434" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A434" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E434" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F434">
-        <v>345</v>
+        <v>397</v>
       </c>
       <c r="G434">
-        <v>345</v>
+        <v>397</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
     </row>
     <row r="435" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A435" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D435" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E435" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F435">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G435">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="H435" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="436" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A436" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E436" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F436">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="G436">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="437" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A437" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D437" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E437" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F437">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="G437">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>234</v>
+        <v>54</v>
       </c>
       <c r="I437" s="1" t="s">
-        <v>234</v>
+        <v>54</v>
       </c>
     </row>
     <row r="438" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A438" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E438" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F438">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="G438">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>54</v>
+        <v>241</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>54</v>
+        <v>241</v>
       </c>
     </row>
     <row r="439" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A439" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D439" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E439" s="1" t="s">
         <v>22</v>
       </c>
       <c r="F439">
-        <v>410</v>
+        <v>514</v>
       </c>
       <c r="G439">
-        <v>410</v>
+        <v>514</v>
       </c>
       <c r="H439" s="1" t="s">
-        <v>241</v>
+        <v>281</v>
       </c>
       <c r="I439" s="1" t="s">
-        <v>241</v>
+        <v>281</v>
       </c>
     </row>
     <row r="440" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A440" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D440" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F440">
-        <v>514</v>
+        <v>102</v>
       </c>
       <c r="G440">
-        <v>514</v>
+        <v>102</v>
       </c>
       <c r="H440" s="1" t="s">
-        <v>281</v>
+        <v>80</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>281</v>
+        <v>80</v>
       </c>
     </row>
     <row r="441" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A441" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D441" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E441" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F441">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G441">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H441" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="442" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A442" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E442" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F442">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="G442">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="H442" s="1" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>81</v>
+        <v>291</v>
       </c>
     </row>
     <row r="443" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A443" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E443" s="1" t="s">
         <v>23</v>
       </c>
       <c r="F443">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="G443">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="H443" s="1" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>291</v>
+        <v>107</v>
       </c>
     </row>
     <row r="444" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A444" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F444">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="G444">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="H444" s="1" t="s">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>107</v>
+        <v>126</v>
       </c>
     </row>
     <row r="445" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A445" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E445" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F445">
-        <v>155</v>
+        <v>205</v>
       </c>
       <c r="G445">
-        <v>155</v>
+        <v>205</v>
       </c>
       <c r="H445" s="1" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
     </row>
     <row r="446" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A446" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F446">
-        <v>205</v>
+        <v>401</v>
       </c>
       <c r="G446">
-        <v>205</v>
+        <v>401</v>
       </c>
       <c r="H446" s="1" t="s">
-        <v>136</v>
+        <v>54</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>136</v>
+        <v>54</v>
       </c>
     </row>
     <row r="447" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A447" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D447" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E447" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F447">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="G447">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="H447" s="1" t="s">
-        <v>54</v>
+        <v>235</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>54</v>
+        <v>331</v>
       </c>
     </row>
     <row r="448" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A448" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D448" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E448" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F448">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G448">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H448" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>331</v>
+        <v>236</v>
       </c>
     </row>
     <row r="449" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A449" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D449" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E449" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F449">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="G449">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="I449" s="1" t="s">
-        <v>236</v>
+        <v>333</v>
       </c>
     </row>
     <row r="450" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A450" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D450" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E450" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F450">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="G450">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>333</v>
+        <v>241</v>
       </c>
     </row>
     <row r="451" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A451" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D451" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E451" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F451">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="G451">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="452" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A452" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E452" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F452">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="G452">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="453" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A453" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E453" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F453">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G453">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="454" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A454" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E454" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F454">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="G454">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="455" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A455" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E455" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F455">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="G455">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="H455" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="456" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A456" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D456" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E456" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F456">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="G456">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="457" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A457" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D457" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E457" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F457">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="G457">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H457" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="458" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A458" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D458" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F458">
-        <v>422</v>
+        <v>201</v>
       </c>
       <c r="G458">
-        <v>422</v>
+        <v>201</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>253</v>
+        <v>133</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>253</v>
+        <v>307</v>
       </c>
     </row>
     <row r="459" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A459" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D459" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E459" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F459">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G459">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="H459" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>307</v>
+        <v>135</v>
       </c>
     </row>
     <row r="460" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A460" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E460" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F460">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G460">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H460" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="461" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A461" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E461" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F461">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="G461">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="462" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A462" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E462" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F462">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="G462">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="H462" s="1" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
     </row>
     <row r="463" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A463" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D463" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E463" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F463">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="G463">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>148</v>
+        <v>161</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>148</v>
+        <v>161</v>
       </c>
     </row>
     <row r="464" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A464" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D464" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E464" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F464">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="G464">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="H464" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="I464" s="1" t="s">
-        <v>161</v>
+        <v>311</v>
       </c>
     </row>
     <row r="465" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A465" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D465" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E465" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F465">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G465">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H465" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I465" s="1" t="s">
-        <v>311</v>
+        <v>167</v>
       </c>
     </row>
     <row r="466" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A466" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D466" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E466" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F466">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G466">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H466" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I466" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="467" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A467" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D467" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E467" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F467">
-        <v>249</v>
+        <v>301</v>
       </c>
       <c r="G467">
-        <v>249</v>
+        <v>301</v>
       </c>
       <c r="H467" s="1" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
     </row>
     <row r="468" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A468" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E468" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F468">
-        <v>301</v>
+        <v>350</v>
       </c>
       <c r="G468">
-        <v>301</v>
+        <v>350</v>
       </c>
       <c r="H468" s="1" t="s">
-        <v>181</v>
+        <v>221</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>181</v>
+        <v>221</v>
       </c>
     </row>
     <row r="469" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A469" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D469" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E469" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F469">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G469">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="470" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A470" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C470" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D470" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E470" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F470">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G470">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H470" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="471" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A471" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F471">
-        <v>352</v>
+        <v>303</v>
       </c>
       <c r="G471">
-        <v>352</v>
+        <v>303</v>
       </c>
       <c r="H471" s="1" t="s">
-        <v>223</v>
+        <v>183</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>223</v>
+        <v>37</v>
       </c>
     </row>
     <row r="472" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A472" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C472" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E472" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F472">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="G472">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>37</v>
+        <v>319</v>
       </c>
     </row>
     <row r="473" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A473" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C473" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D473" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E473" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F473">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="G473">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="H473" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>319</v>
+        <v>190</v>
       </c>
     </row>
     <row r="474" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A474" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C474" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D474" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E474" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F474">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="G474">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="H474" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
     </row>
     <row r="475" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A475" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D475" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E475" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F475">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G475">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H475" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="476" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A476" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E476" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F476">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="G476">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="H476" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="477" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A477" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E477" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F477">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="G477">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H477" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>197</v>
+        <v>322</v>
       </c>
     </row>
     <row r="478" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A478" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E478" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F478">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G478">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H478" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>322</v>
+        <v>199</v>
       </c>
     </row>
     <row r="479" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A479" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E479" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F479">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G479">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I479" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="480" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A480" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D480" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E480" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F480">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G480">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="481" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A481" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D481" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E481" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F481">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="G481">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="482" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A482" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D482" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E482" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F482">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G482">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H482" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>202</v>
+        <v>323</v>
       </c>
     </row>
     <row r="483" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A483" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E483" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F483">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="G483">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H483" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I483" s="1" t="s">
-        <v>323</v>
+        <v>204</v>
       </c>
     </row>
     <row r="484" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A484" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E484" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F484">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G484">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="I484" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="485" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A485" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D485" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E485" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F485">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="G485">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H485" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="486" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A486" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D486" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E486" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F486">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G486">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H486" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I486" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="487" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A487" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D487" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E487" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F487">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G487">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I487" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="488" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A488" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E488" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F488">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G488">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H488" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="I488" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="489" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A489" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D489" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E489" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F489">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="G489">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="H489" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="I489" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="490" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A490" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E490" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F490">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="G490">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="H490" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="I490" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="491" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A491" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E491" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F491">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="G491">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H491" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="492" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A492" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D492" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E492" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F492">
-        <v>345</v>
+        <v>390</v>
       </c>
       <c r="G492">
-        <v>345</v>
+        <v>390</v>
       </c>
       <c r="H492" s="1" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>217</v>
+        <v>326</v>
       </c>
     </row>
     <row r="493" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A493" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E493" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F493">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="G493">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="H493" s="1" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>326</v>
+        <v>232</v>
       </c>
     </row>
     <row r="494" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A494" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E494" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F494">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="G494">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="H494" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="495" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A495" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D495" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F495">
-        <v>399</v>
+        <v>215</v>
       </c>
       <c r="G495">
-        <v>399</v>
+        <v>215</v>
       </c>
       <c r="H495" s="1" t="s">
-        <v>234</v>
+        <v>143</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>234</v>
+        <v>143</v>
       </c>
     </row>
     <row r="496" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A496" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E496" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F496">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G496">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H496" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="497" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A497" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E497" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F497">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G497">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H497" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="498" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A498" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D498" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E498" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F498">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="G498">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="I498" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="499" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A499" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E499" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F499">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="G499">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="H499" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="I499" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="500" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A500" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D500" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E500" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F500">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="G500">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="501" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A501" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E501" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F501">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="G501">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H501" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I501" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="502" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A502" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E502" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F502">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G502">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="H502" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="503" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A503" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E503" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F503">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="G503">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="H503" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="504" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A504" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D504" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E504" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F504">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G504">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H504" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="505" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A505" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E505" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F505">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="G505">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="H505" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I505" s="1" t="s">
-        <v>158</v>
+        <v>310</v>
       </c>
     </row>
     <row r="506" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A506" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E506" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F506">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="G506">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="H506" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>310</v>
+        <v>164</v>
       </c>
     </row>
     <row r="507" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A507" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E507" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F507">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="G507">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="H507" s="1" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>164</v>
+        <v>312</v>
       </c>
     </row>
     <row r="508" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A508" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F508">
-        <v>253</v>
+        <v>401</v>
       </c>
       <c r="G508">
-        <v>253</v>
+        <v>401</v>
       </c>
       <c r="H508" s="1" t="s">
-        <v>172</v>
+        <v>54</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>312</v>
+        <v>54</v>
       </c>
     </row>
     <row r="509" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A509" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F509">
-        <v>401</v>
+        <v>123</v>
       </c>
       <c r="G509">
-        <v>401</v>
+        <v>123</v>
       </c>
       <c r="H509" s="1" t="s">
-        <v>54</v>
+        <v>118</v>
       </c>
       <c r="I509" s="1" t="s">
-        <v>54</v>
+        <v>118</v>
       </c>
     </row>
     <row r="510" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A510" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E510" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F510">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="G510">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="H510" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="I510" s="1" t="s">
-        <v>118</v>
+        <v>299</v>
       </c>
     </row>
     <row r="511" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A511" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E511" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F511">
-        <v>132</v>
+        <v>155</v>
       </c>
       <c r="G511">
-        <v>132</v>
+        <v>155</v>
       </c>
       <c r="H511" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="I511" s="1" t="s">
-        <v>299</v>
+        <v>126</v>
       </c>
     </row>
     <row r="512" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A512" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E512" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F512">
-        <v>155</v>
+        <v>208</v>
       </c>
       <c r="G512">
-        <v>155</v>
+        <v>208</v>
       </c>
       <c r="H512" s="1" t="s">
-        <v>126</v>
+        <v>139</v>
       </c>
       <c r="I512" s="1" t="s">
-        <v>126</v>
+        <v>139</v>
       </c>
     </row>
     <row r="513" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A513" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E513" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F513">
-        <v>208</v>
+        <v>255</v>
       </c>
       <c r="G513">
-        <v>208</v>
+        <v>255</v>
       </c>
       <c r="H513" s="1" t="s">
-        <v>139</v>
+        <v>173</v>
       </c>
       <c r="I513" s="1" t="s">
-        <v>139</v>
+        <v>173</v>
       </c>
     </row>
     <row r="514" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A514" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F514">
-        <v>255</v>
+        <v>123</v>
       </c>
       <c r="G514">
-        <v>255</v>
+        <v>123</v>
       </c>
       <c r="H514" s="1" t="s">
-        <v>173</v>
+        <v>118</v>
       </c>
       <c r="I514" s="1" t="s">
-        <v>173</v>
+        <v>118</v>
       </c>
     </row>
     <row r="515" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A515" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E515" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F515">
-        <v>123</v>
+        <v>204</v>
       </c>
       <c r="G515">
-        <v>123</v>
+        <v>204</v>
       </c>
       <c r="H515" s="1" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
     </row>
     <row r="516" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A516" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D516" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E516" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F516">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G516">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H516" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I516" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="517" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A517" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E517" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F517">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G517">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="I517" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="518" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A518" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E518" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F518">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="G518">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="H518" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="519" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A519" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E519" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F519">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G519">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H519" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="520" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A520" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E520" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F520">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="G520">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="H520" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="I520" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="521" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A521" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E521" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F521">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="G521">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="H521" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="I521" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="522" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A522" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E522" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F522">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="G522">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H522" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="I522" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
     </row>
     <row r="523" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A523" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E523" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F523">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="G523">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="H523" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="I523" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="524" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A524" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D524" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E524" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F524">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="G524">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="H524" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="I524" s="1" t="s">
-        <v>158</v>
+        <v>310</v>
       </c>
     </row>
     <row r="525" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A525" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D525" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E525" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F525">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G525">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H525" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>310</v>
+        <v>161</v>
       </c>
     </row>
     <row r="526" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A526" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E526" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F526">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="G526">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="H526" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="I526" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="527" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A527" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E527" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F527">
-        <v>243</v>
+        <v>301</v>
       </c>
       <c r="G527">
-        <v>243</v>
+        <v>301</v>
       </c>
       <c r="H527" s="1" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
       <c r="I527" s="1" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
     </row>
     <row r="528" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A528" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E528" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F528">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="G528">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="H528" s="1" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="I528" s="1" t="s">
-        <v>181</v>
+        <v>319</v>
       </c>
     </row>
     <row r="529" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A529" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E529" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F529">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="G529">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="H529" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="I529" s="1" t="s">
-        <v>319</v>
+        <v>194</v>
       </c>
     </row>
     <row r="530" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A530" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D530" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E530" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F530">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G530">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H530" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I530" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="531" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A531" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E531" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F531">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="G531">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="H531" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I531" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="532" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A532" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D532" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E532" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F532">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="G532">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H532" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I532" s="1" t="s">
-        <v>197</v>
+        <v>322</v>
       </c>
     </row>
     <row r="533" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A533" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E533" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F533">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="G533">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H533" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I533" s="1" t="s">
-        <v>322</v>
+        <v>199</v>
       </c>
     </row>
     <row r="534" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A534" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D534" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E534" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F534">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G534">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H534" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I534" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A535" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D535" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E535" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F535">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="G535">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H535" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I535" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="536" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A536" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D536" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E536" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F536">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G536">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H536" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I536" s="1" t="s">
-        <v>202</v>
+        <v>323</v>
       </c>
     </row>
     <row r="537" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A537" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D537" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E537" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F537">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="G537">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="H537" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="I537" s="1" t="s">
-        <v>323</v>
+        <v>205</v>
       </c>
     </row>
     <row r="538" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A538" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D538" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E538" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F538">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="G538">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H538" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="539" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A539" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D539" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E539" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F539">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G539">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H539" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I539" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="540" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A540" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D540" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E540" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F540">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="G540">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="H540" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="I540" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="541" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A541" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D541" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E541" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F541">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="G541">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="H541" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="I541" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="542" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A542" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D542" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E542" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F542">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="G542">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="H542" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="I542" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="543" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A543" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E543" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F543">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="G543">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H543" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I543" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="544" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A544" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D544" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E544" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F544">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="G544">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="H544" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="I544" s="1" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
     </row>
     <row r="545" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A545" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D545" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E545" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F545">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G545">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H545" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I545" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="546" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A546" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E546" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F546">
-        <v>351</v>
+        <v>390</v>
       </c>
       <c r="G546">
-        <v>351</v>
+        <v>390</v>
       </c>
       <c r="H546" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="I546" s="1" t="s">
-        <v>222</v>
+        <v>326</v>
       </c>
     </row>
     <row r="547" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A547" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E547" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F547">
-        <v>352</v>
+        <v>397</v>
       </c>
       <c r="G547">
-        <v>352</v>
+        <v>397</v>
       </c>
       <c r="H547" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="I547" s="1" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
     </row>
     <row r="548" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A548" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D548" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E548" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F548">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="G548">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="H548" s="1" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="I548" s="1" t="s">
-        <v>326</v>
+        <v>234</v>
       </c>
     </row>
     <row r="549" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A549" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E549" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F549">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="G549">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="H549" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="I549" s="1" t="s">
-        <v>232</v>
+        <v>331</v>
       </c>
     </row>
     <row r="550" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A550" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E550" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F550">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="G550">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="H550" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="I550" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="551" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A551" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D551" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E551" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F551">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="G551">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="H551" s="1" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="I551" s="1" t="s">
-        <v>331</v>
+        <v>241</v>
       </c>
     </row>
     <row r="552" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A552" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D552" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E552" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F552">
-        <v>405</v>
+        <v>415</v>
       </c>
       <c r="G552">
-        <v>405</v>
+        <v>415</v>
       </c>
       <c r="H552" s="1" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="I552" s="1" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
     </row>
     <row r="553" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A553" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E553" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F553">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="G553">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="H553" s="1" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="I553" s="1" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
     </row>
     <row r="554" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A554" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E554" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F554">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="G554">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="H554" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="I554" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="555" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A555" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E555" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F555">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="G555">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="H555" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="I555" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="556" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A556" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E556" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F556">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="G556">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="H556" s="1" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="I556" s="1" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
     </row>
     <row r="557" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A557" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F557">
-        <v>419</v>
+        <v>100</v>
       </c>
       <c r="G557">
-        <v>419</v>
+        <v>100</v>
       </c>
       <c r="H557" s="1" t="s">
-        <v>250</v>
+        <v>57</v>
       </c>
       <c r="I557" s="1" t="s">
-        <v>250</v>
+        <v>57</v>
       </c>
     </row>
     <row r="558" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A558" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F558">
-        <v>422</v>
+        <v>101</v>
       </c>
       <c r="G558">
-        <v>422</v>
+        <v>101</v>
       </c>
       <c r="H558" s="1" t="s">
-        <v>253</v>
+        <v>79</v>
       </c>
       <c r="I558" s="1" t="s">
-        <v>253</v>
+        <v>79</v>
       </c>
     </row>
     <row r="559" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A559" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F559">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G559">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H559" s="1" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="I559" s="1" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
     </row>
     <row r="560" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A560" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E560" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F560">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G560">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H560" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="I560" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="561" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A561" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E561" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F561">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G561">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H561" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I561" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="562" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A562" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E562" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F562">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G562">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H562" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I562" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="563" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A563" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D563" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E563" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F563">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G563">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H563" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="I563" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="564" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A564" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D564" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E564" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F564">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G564">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="H564" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I564" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="565" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A565" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E565" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F565">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="G565">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H565" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I565" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="566" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A566" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E566" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F566">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G566">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H566" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I566" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="567" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A567" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E567" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F567">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G567">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H567" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I567" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="568" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A568" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D568" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E568" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F568">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G568">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H568" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I568" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="569" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A569" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E569" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F569">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G569">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H569" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I569" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="570" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A570" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D570" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E570" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F570">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G570">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="H570" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I570" s="1" t="s">
-        <v>89</v>
+        <v>291</v>
       </c>
     </row>
     <row r="571" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A571" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D571" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E571" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F571">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G571">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H571" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I571" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="572" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A572" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D572" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E572" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F572">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="G572">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="H572" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I572" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="573" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A573" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D573" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E573" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F573">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="G573">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="H573" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I573" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="574" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A574" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D574" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E574" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F574">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="G574">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="H574" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="I574" s="1" t="s">
-        <v>292</v>
+        <v>95</v>
       </c>
     </row>
     <row r="575" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A575" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E575" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F575">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="G575">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="H575" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I575" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="576" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A576" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E576" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F576">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="G576">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="H576" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="I576" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="577" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A577" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E577" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F577">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="G577">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="H577" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="578" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A578" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E578" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F578">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="G578">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="H578" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I578" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="579" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A579" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D579" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E579" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F579">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="G579">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H579" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I579" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="580" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A580" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E580" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F580">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="G580">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="H580" s="1" t="s">
-        <v>99</v>
+        <v>123</v>
       </c>
       <c r="I580" s="1" t="s">
-        <v>99</v>
+        <v>300</v>
       </c>
     </row>
     <row r="581" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A581" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D581" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E581" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F581">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G581">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="H581" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I581" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="582" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A582" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E582" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F582">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="G582">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H582" s="1" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="I582" s="1" t="s">
-        <v>300</v>
+        <v>102</v>
       </c>
     </row>
     <row r="583" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A583" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D583" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E583" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F583">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G583">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H583" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I583" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="584" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A584" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D584" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E584" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F584">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G584">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H584" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="I584" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="585" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A585" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D585" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E585" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F585">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G585">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="H585" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="I585" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="586" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A586" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D586" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E586" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F586">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G586">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="H586" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="I586" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="587" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A587" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B587" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E587" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F587">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G587">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H587" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I587" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="588" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A588" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B588" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E588" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F588">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="G588">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="H588" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="I588" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="589" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A589" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B589" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C589" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E589" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F589">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="G589">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="H589" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I589" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="590" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A590" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B590" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E590" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F590">
-        <v>144</v>
+        <v>254</v>
       </c>
       <c r="G590">
-        <v>144</v>
+        <v>254</v>
       </c>
       <c r="H590" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="I590" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="591" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A591" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B591" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C591" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E591" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F591">
-        <v>145</v>
+        <v>306</v>
       </c>
       <c r="G591">
-        <v>145</v>
+        <v>306</v>
       </c>
       <c r="H591" s="1" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="I591" s="1" t="s">
-        <v>109</v>
+        <v>303</v>
       </c>
     </row>
     <row r="592" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A592" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B592" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C592" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D592" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E592" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F592">
-        <v>254</v>
+        <v>313</v>
       </c>
       <c r="G592">
-        <v>254</v>
+        <v>313</v>
       </c>
       <c r="H592" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I592" s="1" t="s">
-        <v>110</v>
+        <v>293</v>
       </c>
     </row>
     <row r="593" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A593" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B593" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C593" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D593" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E593" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F593">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="G593">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="H593" s="1" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="I593" s="1" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
     </row>
     <row r="594" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A594" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B594" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C594" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D594" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E594" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F594">
-        <v>313</v>
+        <v>425</v>
       </c>
       <c r="G594">
-        <v>313</v>
+        <v>425</v>
       </c>
       <c r="H594" s="1" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="I594" s="1" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
     </row>
     <row r="595" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A595" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C595" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E595" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F595">
-        <v>319</v>
+        <v>427</v>
       </c>
       <c r="G595">
-        <v>319</v>
+        <v>427</v>
       </c>
       <c r="H595" s="1" t="s">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="I595" s="1" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
     </row>
     <row r="596" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A596" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B596" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C596" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E596" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F596">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="G596">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="H596" s="1" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="I596" s="1" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
     </row>
     <row r="597" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A597" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C597" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D597" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E597" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F597">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="G597">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="H597" s="1" t="s">
-        <v>131</v>
+        <v>114</v>
       </c>
       <c r="I597" s="1" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
     </row>
     <row r="598" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A598" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C598" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D598" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E598" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F598">
-        <v>430</v>
+        <v>503</v>
       </c>
       <c r="G598">
-        <v>430</v>
+        <v>503</v>
       </c>
       <c r="H598" s="1" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="I598" s="1" t="s">
-        <v>295</v>
-[...56 lines deleted...]
-      <c r="I600" s="1" t="s">
         <v>306</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:B80"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B3C23FB6-437C-4CCF-A30E-1D0BBDA2C908}">
+  <dimension ref="B1:B78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G9" sqref="G9"/>
+      <selection activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="59.140625" customWidth="1"/>
+    <col min="2" max="2" width="63.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B1" s="2" t="s">
+      <c r="B1" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="2" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="1" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="3" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B3" s="4" t="s">
+      <c r="B3" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="4" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B4" s="3" t="s">
+      <c r="B4" s="1" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="5" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B5" s="4" t="s">
+      <c r="B5" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="6" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B6" s="3" t="s">
+      <c r="B6" s="1" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="7" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B7" s="4" t="s">
+      <c r="B7" s="1" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="8" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B8" s="3" t="s">
+      <c r="B8" s="1" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B9" s="4" t="s">
+      <c r="B9" s="1" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="10" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B10" s="3" t="s">
+      <c r="B10" s="1" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="11" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B11" s="4" t="s">
+      <c r="B11" s="1" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="12" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B12" s="3" t="s">
+      <c r="B12" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="13" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B13" s="4" t="s">
+      <c r="B13" s="1" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="14" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B14" s="3" t="s">
+      <c r="B14" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="15" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B15" s="4" t="s">
+      <c r="B15" s="1" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="16" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B16" s="3" t="s">
+      <c r="B16" s="1" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="17" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B17" s="4" t="s">
+      <c r="B17" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="18" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B18" s="3" t="s">
+      <c r="B18" s="1" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="19" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B19" s="4" t="s">
+      <c r="B19" s="1" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="20" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B20" s="3" t="s">
+      <c r="B20" s="1" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="21" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B21" s="4" t="s">
+      <c r="B21" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="22" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B22" s="3" t="s">
-        <v>245</v>
+      <c r="B22" s="1" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="23" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B23" s="4" t="s">
-        <v>192</v>
+      <c r="B23" s="1" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="24" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B24" s="3" t="s">
-        <v>226</v>
+      <c r="B24" s="1" t="s">
+        <v>190</v>
       </c>
     </row>
     <row r="25" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B25" s="4" t="s">
-        <v>190</v>
+      <c r="B25" s="1" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B26" s="3" t="s">
-        <v>200</v>
+      <c r="B26" s="1" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="27" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B27" s="4" t="s">
-        <v>184</v>
+      <c r="B27" s="1" t="s">
+        <v>201</v>
       </c>
     </row>
     <row r="28" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B28" s="3" t="s">
-        <v>201</v>
+      <c r="B28" s="1" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="29" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B29" s="4" t="s">
-        <v>202</v>
+      <c r="B29" s="1" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="30" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B30" s="3" t="s">
-        <v>227</v>
+      <c r="B30" s="1" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="31" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B31" s="4" t="s">
-        <v>241</v>
+      <c r="B31" s="1" t="s">
+        <v>242</v>
       </c>
     </row>
     <row r="32" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B32" s="3" t="s">
-        <v>242</v>
+      <c r="B32" s="1" t="s">
+        <v>149</v>
       </c>
     </row>
     <row r="33" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B33" s="4" t="s">
-        <v>149</v>
+      <c r="B33" s="1" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="34" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B34" s="3" t="s">
-        <v>135</v>
+      <c r="B34" s="1" t="s">
+        <v>204</v>
       </c>
     </row>
     <row r="35" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B35" s="4" t="s">
-        <v>148</v>
+      <c r="B35" s="1" t="s">
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B36" s="3" t="s">
-        <v>204</v>
+      <c r="B36" s="1" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B37" s="4" t="s">
-        <v>175</v>
+      <c r="B37" s="1" t="s">
+        <v>162</v>
       </c>
     </row>
     <row r="38" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B38" s="3" t="s">
-        <v>280</v>
+      <c r="B38" s="1" t="s">
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B39" s="4" t="s">
-        <v>162</v>
+      <c r="B39" s="1" t="s">
+        <v>182</v>
       </c>
     </row>
     <row r="40" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B40" s="3" t="s">
-        <v>220</v>
+      <c r="B40" s="1" t="s">
+        <v>205</v>
       </c>
     </row>
     <row r="41" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B41" s="4" t="s">
-        <v>182</v>
+      <c r="B41" s="1" t="s">
+        <v>206</v>
       </c>
     </row>
     <row r="42" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B42" s="3" t="s">
-        <v>205</v>
+      <c r="B42" s="1" t="s">
+        <v>207</v>
       </c>
     </row>
     <row r="43" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B43" s="4" t="s">
-        <v>206</v>
+      <c r="B43" s="1" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="44" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B44" s="3" t="s">
-        <v>207</v>
+      <c r="B44" s="1" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="45" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B45" s="4" t="s">
-        <v>221</v>
+      <c r="B45" s="1" t="s">
+        <v>283</v>
       </c>
     </row>
     <row r="46" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B46" s="3" t="s">
-        <v>208</v>
+      <c r="B46" s="1" t="s">
+        <v>228</v>
       </c>
     </row>
     <row r="47" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B47" s="4" t="s">
-        <v>283</v>
+      <c r="B47" s="1" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="48" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B48" s="3" t="s">
-        <v>163</v>
+      <c r="B48" s="1" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="49" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B49" s="4" t="s">
-        <v>228</v>
+      <c r="B49" s="1" t="s">
+        <v>209</v>
       </c>
     </row>
     <row r="50" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B50" s="3" t="s">
-        <v>143</v>
+      <c r="B50" s="1" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B51" s="4" t="s">
-        <v>243</v>
+      <c r="B51" s="1" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="52" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B52" s="3" t="s">
-        <v>209</v>
+      <c r="B52" s="1" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="53" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B53" s="4" t="s">
-        <v>210</v>
+      <c r="B53" s="1" t="s">
+        <v>141</v>
       </c>
     </row>
     <row r="54" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B54" s="3" t="s">
-        <v>211</v>
+      <c r="B54" s="1" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="55" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B55" s="4" t="s">
-        <v>176</v>
+      <c r="B55" s="1" t="s">
+        <v>277</v>
       </c>
     </row>
     <row r="56" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B56" s="3" t="s">
-        <v>141</v>
+      <c r="B56" s="1" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="57" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B57" s="4" t="s">
-        <v>277</v>
+      <c r="B57" s="1" t="s">
+        <v>188</v>
       </c>
     </row>
     <row r="58" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B58" s="3" t="s">
-        <v>147</v>
+      <c r="B58" s="1" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="59" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B59" s="4" t="s">
-        <v>188</v>
+      <c r="B59" s="1" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="60" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B60" s="3" t="s">
-        <v>212</v>
+      <c r="B60" s="1" t="s">
+        <v>273</v>
       </c>
     </row>
     <row r="61" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B61" s="4" t="s">
-        <v>279</v>
+      <c r="B61" s="1" t="s">
+        <v>229</v>
       </c>
     </row>
     <row r="62" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B62" s="3" t="s">
-        <v>273</v>
+      <c r="B62" s="1" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="63" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B63" s="4" t="s">
-        <v>229</v>
+      <c r="B63" s="1" t="s">
+        <v>214</v>
       </c>
     </row>
     <row r="64" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B64" s="3" t="s">
-        <v>213</v>
+      <c r="B64" s="1" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="65" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B65" s="4" t="s">
-        <v>214</v>
+      <c r="B65" s="1" t="s">
+        <v>215</v>
       </c>
     </row>
     <row r="66" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B66" s="3" t="s">
-        <v>193</v>
+      <c r="B66" s="1" t="s">
+        <v>157</v>
       </c>
     </row>
     <row r="67" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B67" s="4" t="s">
-        <v>215</v>
+      <c r="B67" s="1" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="68" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B68" s="3" t="s">
-        <v>157</v>
+      <c r="B68" s="1" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="69" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B69" s="4" t="s">
-        <v>137</v>
+      <c r="B69" s="1" t="s">
+        <v>185</v>
       </c>
     </row>
     <row r="70" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B70" s="3" t="s">
-        <v>177</v>
+      <c r="B70" s="1" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="71" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B71" s="4" t="s">
-        <v>185</v>
+      <c r="B71" s="1" t="s">
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B72" s="3" t="s">
-        <v>216</v>
+      <c r="B72" s="1" t="s">
+        <v>217</v>
       </c>
     </row>
     <row r="73" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B73" s="4" t="s">
-        <v>180</v>
+      <c r="B73" s="1" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="74" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B74" s="3" t="s">
-        <v>217</v>
+      <c r="B74" s="1" t="s">
+        <v>281</v>
       </c>
     </row>
     <row r="75" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B75" s="4" t="s">
-        <v>222</v>
+      <c r="B75" s="1" t="s">
+        <v>164</v>
       </c>
     </row>
     <row r="76" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B76" s="3" t="s">
-        <v>281</v>
+      <c r="B76" s="1" t="s">
+        <v>170</v>
       </c>
     </row>
     <row r="77" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B77" s="4" t="s">
-        <v>164</v>
+      <c r="B77" s="1" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="78" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B78" s="3" t="s">
-[...9 lines deleted...]
-      <c r="B80" s="3" t="s">
+      <c r="B78" s="1" t="s">
         <v>186</v>
       </c>
     </row>
   </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B2:B78">
+    <sortCondition ref="B2:B78"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
-      <vt:lpstr>Feuil2</vt:lpstr>
+      <vt:lpstr>B6PAY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Florence Vallette Chariot</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>