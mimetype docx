--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -92,86 +92,86 @@
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="54A47A22" w14:textId="77777777" w:rsidR="008D1429" w:rsidRDefault="008D1429" w:rsidP="00AE0A08">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:color w:val="FFFFFF"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="44EE5786" w14:textId="35D59A57" w:rsidR="00AD36F6" w:rsidRPr="005C4A0D" w:rsidRDefault="005C4A0D" w:rsidP="00AD36F6">
+                          <w:p w14:paraId="44EE5786" w14:textId="723ACD11" w:rsidR="00AD36F6" w:rsidRPr="005C4A0D" w:rsidRDefault="005C4A0D" w:rsidP="00AD36F6">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rStyle w:val="Titre8Car"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:i w:val="0"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="40"/>
                                 <w:szCs w:val="40"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005C4A0D">
                               <w:rPr>
                                 <w:rStyle w:val="Titre8Car"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:i w:val="0"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="40"/>
                                 <w:szCs w:val="40"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>202</w:t>
                             </w:r>
-                            <w:r w:rsidR="001439BF">
+                            <w:r w:rsidR="005172F1">
                               <w:rPr>
                                 <w:rStyle w:val="Titre8Car"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:i w:val="0"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="40"/>
                                 <w:szCs w:val="40"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="007400EF" w:rsidRPr="005C4A0D">
                               <w:rPr>
                                 <w:rStyle w:val="Titre8Car"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:i w:val="0"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="40"/>
                                 <w:szCs w:val="40"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00AD36F6" w:rsidRPr="005C4A0D">
                               <w:rPr>
                                 <w:rStyle w:val="Titre8Car"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:i w:val="0"/>
                                 <w:color w:val="FFFFFF"/>
                                 <w:sz w:val="40"/>
                                 <w:szCs w:val="40"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Visiting Scholars</w:t>
                             </w:r>
@@ -241,86 +241,86 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="02F423F5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 96" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-37.05pt;margin-top:493.85pt;width:527.55pt;height:88.5pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlu+Rc8QEAAMkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47TNkiMOEXXosOA&#10;bh3Q7gMYWY6F2aJGKbGzrx8lp1m23YpeBJGinh4fn1bXQ9eKvSZv0JYyn0yl0FZhZey2lN+f7z8s&#10;pPABbAUtWl3Kg/byev3+3ap3hZ5hg22lSTCI9UXvStmE4Ios86rRHfgJOm35sEbqIHBI26wi6Bm9&#10;a7PZdDrPeqTKESrtPWfvxkO5Tvh1rVV4rGuvg2hLydxCWimtm7hm6xUUWwLXGHWkAa9g0YGx/OgJ&#10;6g4CiB2Z/6A6owg91mGisMuwro3SqQfuJp/+081TA06nXlgc704y+beDVV/330iYqpQXPCkLHc/o&#10;WQ9BfMRBLOdRn975gsueHBeGgfM859Srdw+ofnhh8bYBu9U3RNg3Girml8eb2dnVEcdHkE3/BSt+&#10;B3YBE9BQUxfFYzkEo/OcDqfZRC6Kk/P5crlYXEmh+CzPZxfLqzS9DIqX6458+KSxE3FTSuLhJ3jY&#10;P/gQ6UDxUhJfs3hv2jYZoLV/JbgwZhL9yHjkHobNcJRjg9WBGyEc/cT+502D9EuKnr1USv9zB6Sl&#10;aD9bFmOZX15G850HdB5szgOwiqFKGaQYt7dhNOzOkdk2/NIov8UbFrA2qbWo9MjqyJv9kjo+ejsa&#10;8jxOVX9+4Po3AAAA//8DAFBLAwQUAAYACAAAACEAkq9BiN4AAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPy07DMBBF90j8gzVI7FonqNRpiFOhIj6AgsTWid04wh5HsfOgX8+wguVoju49tzqu3rHZ&#10;jLEPKCHfZsAMtkH32En4eH/dFMBiUqiVC2gkfJsIx/r2plKlDgu+mfmcOkYhGEslwaY0lJzH1hqv&#10;4jYMBul3CaNXic6x43pUC4V7xx+ybM+96pEarBrMyZr26zx5Ce11eilOfTMvV/EpmtW6xws6Ke/v&#10;1ucnYMms6Q+GX31Sh5qcmjChjsxJ2IhdTqiEQyEEMCIORU7rGkLz/U4Aryv+f0T9AwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhACW75FzxAQAAyQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJKvQYjeAAAADAEAAA8AAAAAAAAAAAAAAAAASwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox inset=",7.2pt,,7.2pt">
                   <w:txbxContent>
                     <w:p w14:paraId="54A47A22" w14:textId="77777777" w:rsidR="008D1429" w:rsidRDefault="008D1429" w:rsidP="00AE0A08">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:color w:val="FFFFFF"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="44EE5786" w14:textId="35D59A57" w:rsidR="00AD36F6" w:rsidRPr="005C4A0D" w:rsidRDefault="005C4A0D" w:rsidP="00AD36F6">
+                    <w:p w14:paraId="44EE5786" w14:textId="723ACD11" w:rsidR="00AD36F6" w:rsidRPr="005C4A0D" w:rsidRDefault="005C4A0D" w:rsidP="00AD36F6">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rStyle w:val="Titre8Car"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:i w:val="0"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="40"/>
                           <w:szCs w:val="40"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="005C4A0D">
                         <w:rPr>
                           <w:rStyle w:val="Titre8Car"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:i w:val="0"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="40"/>
                           <w:szCs w:val="40"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>202</w:t>
                       </w:r>
-                      <w:r w:rsidR="001439BF">
+                      <w:r w:rsidR="005172F1">
                         <w:rPr>
                           <w:rStyle w:val="Titre8Car"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:i w:val="0"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="40"/>
                           <w:szCs w:val="40"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="007400EF" w:rsidRPr="005C4A0D">
                         <w:rPr>
                           <w:rStyle w:val="Titre8Car"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:i w:val="0"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="40"/>
                           <w:szCs w:val="40"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00AD36F6" w:rsidRPr="005C4A0D">
                         <w:rPr>
                           <w:rStyle w:val="Titre8Car"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:i w:val="0"/>
                           <w:color w:val="FFFFFF"/>
                           <w:sz w:val="40"/>
                           <w:szCs w:val="40"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Visiting Scholars</w:t>
                       </w:r>
@@ -610,94 +610,94 @@
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="798830" cy="792480"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00172F1C" w:rsidRPr="00D82AEB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796B2513" w14:textId="25498E7F" w:rsidR="003B6827" w:rsidRPr="005C4A0D" w:rsidRDefault="009B40EE" w:rsidP="00E32162">
+    <w:p w14:paraId="796B2513" w14:textId="47D710F9" w:rsidR="003B6827" w:rsidRPr="005C4A0D" w:rsidRDefault="009B40EE" w:rsidP="00E32162">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:smallCaps/>
           <w:color w:val="009DE0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:smallCaps/>
           <w:color w:val="009DE0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="001439BF">
+      <w:r w:rsidR="005172F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:smallCaps/>
           <w:color w:val="009DE0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="003B6827" w:rsidRPr="005C4A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:smallCaps/>
           <w:color w:val="009DE0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Visiting Scholars Program</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E7A4251" w14:textId="2759B670" w:rsidR="00E32162" w:rsidRPr="005C4A0D" w:rsidRDefault="00E32162" w:rsidP="00E32162">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="009DE0"/>
@@ -1260,66 +1260,142 @@
               </w:rPr>
               <w:t>/Team/Unit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>/Laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009546C7" w:rsidRPr="009B2CB9" w14:paraId="786EA484" w14:textId="77777777" w:rsidTr="00C77AF6">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="552A7F49" w14:textId="77777777" w:rsidR="009546C7" w:rsidRPr="009B2CB9" w:rsidRDefault="009546C7" w:rsidP="00C77AF6">
+          <w:p w14:paraId="2E27864C" w14:textId="77777777" w:rsidR="005172F1" w:rsidRDefault="009546C7" w:rsidP="00C77AF6">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B2CB9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name of local contact</w:t>
+            </w:r>
+            <w:r w:rsidR="005172F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="552A7F49" w14:textId="3AFB770F" w:rsidR="009546C7" w:rsidRPr="009B2CB9" w:rsidRDefault="005172F1" w:rsidP="00C77AF6">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005172F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>person</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005172F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> who will supervise your </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>stay</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005172F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> within the </w:t>
+            </w:r>
+            <w:r w:rsidR="0032121E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>host structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5654" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A61E3D7" w14:textId="77777777" w:rsidR="009546C7" w:rsidRPr="009B2CB9" w:rsidRDefault="009546C7" w:rsidP="00F853FF">
             <w:pPr>
               <w:ind w:left="426" w:hanging="426"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B2CB9" w:rsidRPr="009B2CB9" w14:paraId="008202B1" w14:textId="77777777" w:rsidTr="00C77AF6">
         <w:trPr>
           <w:trHeight w:val="510"/>
@@ -1546,51 +1622,155 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="663D1478" w14:textId="77777777" w:rsidR="009B40EE" w:rsidRDefault="009B40EE" w:rsidP="009B40EE">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:right="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A1A0B89" w14:textId="77777777" w:rsidR="009B40EE" w:rsidRDefault="009B40EE" w:rsidP="009B40EE">
+    <w:p w14:paraId="2A1A0B89" w14:textId="3D57D066" w:rsidR="009B40EE" w:rsidRDefault="009B40EE" w:rsidP="009B40EE">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CE2BB22" w14:textId="78CA0FC1" w:rsidR="005172F1" w:rsidRDefault="005172F1" w:rsidP="009B40EE">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005172F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>This document has to be filled in jointly with your local host.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B43714B" w14:textId="77777777" w:rsidR="005172F1" w:rsidRDefault="005172F1" w:rsidP="009B40EE">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ACB48E9" w14:textId="555E25A8" w:rsidR="005172F1" w:rsidRPr="005172F1" w:rsidRDefault="005172F1" w:rsidP="009B40EE">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005172F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Please note that all parts of this report are compulsory. Please do not delete or modify any part of the document in any way.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B12833D" w14:textId="77777777" w:rsidR="005172F1" w:rsidRPr="005172F1" w:rsidRDefault="005172F1" w:rsidP="009B40EE">
+      <w:pPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5588B467" w14:textId="77777777" w:rsidR="005172F1" w:rsidRDefault="005172F1" w:rsidP="009B40EE">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:right="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="285D02C4" w14:textId="4C15829E" w:rsidR="00A212FF" w:rsidRPr="009B6AA7" w:rsidRDefault="005B1CFB" w:rsidP="004720C4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
@@ -2063,51 +2243,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61FC8571" w14:textId="72326FA0" w:rsidR="00A212FF" w:rsidRPr="002F2923" w:rsidRDefault="00A212FF" w:rsidP="004720C4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F2923">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Your project and the host team</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F98238F" w14:textId="77777777" w:rsidR="00C46B47" w:rsidRPr="00C46B47" w:rsidRDefault="00C46B47" w:rsidP="00C46B47">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A98E0D0" w14:textId="77777777" w:rsidR="00A212FF" w:rsidRPr="009E48CC" w:rsidRDefault="00A212FF" w:rsidP="004720C4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -3640,51 +3819,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1952" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="313830D4" w14:textId="77777777" w:rsidR="004C4FD5" w:rsidRPr="004C4FD5" w:rsidRDefault="004C4FD5" w:rsidP="00A45A43">
             <w:pPr>
               <w:pStyle w:val="NUBPN"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4FD5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53B60B1B" w14:textId="77777777" w:rsidR="004C4FD5" w:rsidRPr="00112549" w:rsidRDefault="004C4FD5" w:rsidP="00A45A43">
             <w:pPr>
               <w:pStyle w:val="NUBPN"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
@@ -6226,50 +6404,51 @@
     </w:p>
     <w:p w14:paraId="72F3B29F" w14:textId="77777777" w:rsidR="00EE55CB" w:rsidRPr="009E48CC" w:rsidRDefault="00EE55CB" w:rsidP="00EE55CB">
       <w:pPr>
         <w:pStyle w:val="PrformatHTML"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="y2iqfc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E48CC">
         <w:rPr>
           <w:rStyle w:val="y2iqfc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Other </w:t>
       </w:r>
       <w:r w:rsidRPr="009E48CC">
         <w:rPr>
           <w:rStyle w:val="y2iqfc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">(visits to another institution, fieldwork, meetings, etc.) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A18604C" w14:textId="3A77B50F" w:rsidR="00EE55CB" w:rsidRDefault="00EE55CB" w:rsidP="00EE55CB">
       <w:pPr>
         <w:pStyle w:val="PrformatHTML"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="y2iqfc"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
@@ -6697,51 +6876,51 @@
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="41F93F0A" w14:textId="77777777" w:rsidR="006E6A18" w:rsidRDefault="006E6A18" w:rsidP="008A2A4F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="61A6E0CB" w14:textId="77777777" w:rsidR="006E6A18" w:rsidRDefault="006E6A18" w:rsidP="008A2A4F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -6799,60 +6978,60 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Condensed">
     <w:altName w:val="Helvetica Condensed"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
-    <w:pitch w:val="variable"/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="19804CD7" w14:textId="1BDC4CA2" w:rsidR="00D82AEB" w:rsidRPr="00193CC0" w:rsidRDefault="0088777A" w:rsidP="003C2AC1">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:left="-709"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -10000,51 +10179,51 @@
   <w:num w:numId="19">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="21"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1008" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C32AB7"/>
     <w:rsid w:val="00000658"/>
     <w:rsid w:val="00004052"/>
     <w:rsid w:val="00004F3F"/>
     <w:rsid w:val="000059AB"/>
     <w:rsid w:val="00006698"/>
     <w:rsid w:val="00007266"/>
@@ -10236,50 +10415,51 @@
     <w:rsid w:val="002E6093"/>
     <w:rsid w:val="002E6CAA"/>
     <w:rsid w:val="002E702F"/>
     <w:rsid w:val="002E7808"/>
     <w:rsid w:val="002F228E"/>
     <w:rsid w:val="002F2923"/>
     <w:rsid w:val="002F33B5"/>
     <w:rsid w:val="002F352B"/>
     <w:rsid w:val="002F3E9B"/>
     <w:rsid w:val="002F4CB9"/>
     <w:rsid w:val="002F6EC0"/>
     <w:rsid w:val="002F7358"/>
     <w:rsid w:val="003004C3"/>
     <w:rsid w:val="00300595"/>
     <w:rsid w:val="00301A31"/>
     <w:rsid w:val="00302093"/>
     <w:rsid w:val="00305335"/>
     <w:rsid w:val="00305CAA"/>
     <w:rsid w:val="00306248"/>
     <w:rsid w:val="0031380E"/>
     <w:rsid w:val="00317247"/>
     <w:rsid w:val="0031725E"/>
     <w:rsid w:val="003176BD"/>
     <w:rsid w:val="00317CFD"/>
     <w:rsid w:val="003210A1"/>
+    <w:rsid w:val="0032121E"/>
     <w:rsid w:val="0032251C"/>
     <w:rsid w:val="003236F0"/>
     <w:rsid w:val="003250FB"/>
     <w:rsid w:val="003258A1"/>
     <w:rsid w:val="003308B5"/>
     <w:rsid w:val="00331758"/>
     <w:rsid w:val="00334150"/>
     <w:rsid w:val="003351D8"/>
     <w:rsid w:val="00341A71"/>
     <w:rsid w:val="0034361D"/>
     <w:rsid w:val="00344254"/>
     <w:rsid w:val="00345639"/>
     <w:rsid w:val="00345DDD"/>
     <w:rsid w:val="003465B1"/>
     <w:rsid w:val="0035126C"/>
     <w:rsid w:val="003513D2"/>
     <w:rsid w:val="003519D4"/>
     <w:rsid w:val="003538B9"/>
     <w:rsid w:val="00354896"/>
     <w:rsid w:val="00354B6F"/>
     <w:rsid w:val="00356B12"/>
     <w:rsid w:val="00364E1C"/>
     <w:rsid w:val="00371B43"/>
     <w:rsid w:val="00371FF1"/>
     <w:rsid w:val="003768D0"/>
@@ -10403,50 +10583,51 @@
     <w:rsid w:val="004C5F4B"/>
     <w:rsid w:val="004C707E"/>
     <w:rsid w:val="004C77BB"/>
     <w:rsid w:val="004C7A42"/>
     <w:rsid w:val="004C7D94"/>
     <w:rsid w:val="004D2FDB"/>
     <w:rsid w:val="004D3D54"/>
     <w:rsid w:val="004D4E58"/>
     <w:rsid w:val="004E076B"/>
     <w:rsid w:val="004E36F5"/>
     <w:rsid w:val="004E4476"/>
     <w:rsid w:val="004E5B53"/>
     <w:rsid w:val="004F0F4B"/>
     <w:rsid w:val="004F7171"/>
     <w:rsid w:val="00500501"/>
     <w:rsid w:val="00500DD1"/>
     <w:rsid w:val="005043D7"/>
     <w:rsid w:val="0050728B"/>
     <w:rsid w:val="005100B2"/>
     <w:rsid w:val="005108AD"/>
     <w:rsid w:val="00510B72"/>
     <w:rsid w:val="00512B8D"/>
     <w:rsid w:val="00513739"/>
     <w:rsid w:val="005150CA"/>
     <w:rsid w:val="00515D13"/>
+    <w:rsid w:val="005172F1"/>
     <w:rsid w:val="00520EC0"/>
     <w:rsid w:val="005249C8"/>
     <w:rsid w:val="005277A5"/>
     <w:rsid w:val="00531056"/>
     <w:rsid w:val="005316A5"/>
     <w:rsid w:val="00532223"/>
     <w:rsid w:val="0053250E"/>
     <w:rsid w:val="005349DB"/>
     <w:rsid w:val="00537937"/>
     <w:rsid w:val="00541D6C"/>
     <w:rsid w:val="00542043"/>
     <w:rsid w:val="005565BA"/>
     <w:rsid w:val="00556EF8"/>
     <w:rsid w:val="00560CF0"/>
     <w:rsid w:val="00560D94"/>
     <w:rsid w:val="00561F3D"/>
     <w:rsid w:val="00562D9A"/>
     <w:rsid w:val="00570E41"/>
     <w:rsid w:val="0057164F"/>
     <w:rsid w:val="0057196F"/>
     <w:rsid w:val="00572AF7"/>
     <w:rsid w:val="00575317"/>
     <w:rsid w:val="00581E23"/>
     <w:rsid w:val="005836E5"/>
     <w:rsid w:val="00583A29"/>
@@ -11218,51 +11399,51 @@
     <w:rsid w:val="00FE546B"/>
     <w:rsid w:val="00FF1334"/>
     <w:rsid w:val="00FF2C93"/>
     <w:rsid w:val="00FF3339"/>
     <w:rsid w:val="00FF4A95"/>
     <w:rsid w:val="00FF5D7D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6962803A"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{735318D0-96A6-44FE-BED9-453CB405DBC2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
@@ -14516,67 +14697,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58822382-9FBA-4D7E-A989-E9605657D2A6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>555</Words>
-  <Characters>3452</Characters>
+  <Words>601</Words>
+  <Characters>3664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>modèle de document</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université Bordeaux Segalen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4000</CharactersWithSpaces>
+  <CharactersWithSpaces>4257</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>modèle de document</dc:title>
   <dc:creator>Université de Bordeaux</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>